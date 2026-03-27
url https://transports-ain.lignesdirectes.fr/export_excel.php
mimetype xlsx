--- v0 (2026-01-16)
+++ v1 (2026-03-27)
@@ -1,80 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
     <sheet name="Synthese" sheetId="2" r:id="rId5"/>
-    <sheet name="AMBERIEU EN BUGEY" sheetId="3" r:id="rId6"/>
-[...6 lines deleted...]
-    <sheet name="VALSERHONE" sheetId="10" r:id="rId13"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1476">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Agence</t>
   </si>
   <si>
     <t>Fonction</t>
   </si>
   <si>
     <t>Total points</t>
   </si>
   <si>
     <t>Polo MC blanc — XS</t>
   </si>
   <si>
     <t>Polo MC blanc — S</t>
   </si>
   <si>
@@ -399,4025 +383,50 @@
     <t>Softshell noir — 4XL</t>
   </si>
   <si>
     <t>GHV Fluo jaune fluo — M</t>
   </si>
   <si>
     <t>GHV Fluo jaune fluo — L</t>
   </si>
   <si>
     <t>GHV Fluo jaune fluo — XL</t>
   </si>
   <si>
     <t>GHV Fluo jaune fluo — XXL</t>
   </si>
   <si>
     <t>GHV Fluo jaune fluo — 3XL</t>
   </si>
   <si>
     <t>Total articles</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Mode</t>
-  </si>
-[...3973 lines deleted...]
-    <t>2025-11-20 13:55:54</t>
   </si>
   <si>
     <t>Produit / Taille</t>
   </si>
   <si>
     <t>XS</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>XL</t>
   </si>
   <si>
     <t>XXL</t>
   </si>
   <si>
     <t>3XL</t>
   </si>
@@ -4485,120 +494,113 @@
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...4 lines deleted...]
-      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDDDDDD"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4846,57400 +848,62 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
-[...26 lines deleted...]
-<file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DS382"/>
+  <dimension ref="A1:DS1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A382" sqref="A382:DS382"/>
-[...57304 lines deleted...]
-    <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:123">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -62570,18148 +1234,706 @@
         <v>114</v>
       </c>
       <c r="DL1" t="s">
         <v>115</v>
       </c>
       <c r="DM1" t="s">
         <v>116</v>
       </c>
       <c r="DN1" t="s">
         <v>117</v>
       </c>
       <c r="DO1" t="s">
         <v>118</v>
       </c>
       <c r="DP1" t="s">
         <v>119</v>
       </c>
       <c r="DQ1" t="s">
         <v>120</v>
       </c>
       <c r="DR1" t="s">
         <v>121</v>
       </c>
       <c r="DS1" t="s">
         <v>122</v>
-      </c>
-[...1171 lines deleted...]
-        <v>129</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A19" sqref="A19:I19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="35" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
-      <c r="A1" s="3" t="s">
-[...24 lines deleted...]
-        <v>1456</v>
+      <c r="A1" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="E1" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="F1" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="G1" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="H1" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="I1" s="2" t="s">
+        <v>131</v>
       </c>
       <c r="J1" t="s">
-        <v>1457</v>
+        <v>132</v>
       </c>
     </row>
     <row r="2" spans="1:10">
-      <c r="A2" s="2" t="s">
-[...24 lines deleted...]
-        <v>42</v>
+      <c r="A2" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B2" s="1">
+        <v>0</v>
+      </c>
+      <c r="C2" s="1">
+        <v>0</v>
+      </c>
+      <c r="D2" s="1">
+        <v>0</v>
+      </c>
+      <c r="E2" s="1">
+        <v>0</v>
+      </c>
+      <c r="F2" s="1">
+        <v>0</v>
+      </c>
+      <c r="G2" s="1">
+        <v>0</v>
+      </c>
+      <c r="H2" s="1">
+        <v>0</v>
+      </c>
+      <c r="I2" s="1">
+        <v>0</v>
       </c>
       <c r="J2">
-        <v>553</v>
+        <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:10">
-      <c r="A3" s="2" t="s">
-[...24 lines deleted...]
-        <v>15</v>
+      <c r="A3" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B3" s="1">
+        <v>0</v>
+      </c>
+      <c r="C3" s="1">
+        <v>0</v>
+      </c>
+      <c r="D3" s="1">
+        <v>0</v>
+      </c>
+      <c r="E3" s="1">
+        <v>0</v>
+      </c>
+      <c r="F3" s="1">
+        <v>0</v>
+      </c>
+      <c r="G3" s="1">
+        <v>0</v>
+      </c>
+      <c r="H3" s="1">
+        <v>0</v>
+      </c>
+      <c r="I3" s="1">
+        <v>0</v>
       </c>
       <c r="J3">
-        <v>180</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:10">
-      <c r="A4" s="2" t="s">
-[...23 lines deleted...]
-      <c r="I4" s="2">
+      <c r="A4" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B4" s="1">
+        <v>0</v>
+      </c>
+      <c r="C4" s="1">
+        <v>0</v>
+      </c>
+      <c r="D4" s="1">
+        <v>0</v>
+      </c>
+      <c r="E4" s="1">
+        <v>0</v>
+      </c>
+      <c r="F4" s="1">
+        <v>0</v>
+      </c>
+      <c r="G4" s="1">
+        <v>0</v>
+      </c>
+      <c r="H4" s="1">
+        <v>0</v>
+      </c>
+      <c r="I4" s="1">
         <v>0</v>
       </c>
       <c r="J4">
-        <v>37</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:10">
-      <c r="A5" s="2" t="s">
-[...24 lines deleted...]
-        <v>3</v>
+      <c r="A5" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B5" s="1">
+        <v>0</v>
+      </c>
+      <c r="C5" s="1">
+        <v>0</v>
+      </c>
+      <c r="D5" s="1">
+        <v>0</v>
+      </c>
+      <c r="E5" s="1">
+        <v>0</v>
+      </c>
+      <c r="F5" s="1">
+        <v>0</v>
+      </c>
+      <c r="G5" s="1">
+        <v>0</v>
+      </c>
+      <c r="H5" s="1">
+        <v>0</v>
+      </c>
+      <c r="I5" s="1">
+        <v>0</v>
       </c>
       <c r="J5">
-        <v>89</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:10">
-      <c r="A6" s="2" t="s">
-[...23 lines deleted...]
-      <c r="I6" s="2">
+      <c r="A6" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B6" s="1">
+        <v>0</v>
+      </c>
+      <c r="C6" s="1">
+        <v>0</v>
+      </c>
+      <c r="D6" s="1">
+        <v>0</v>
+      </c>
+      <c r="E6" s="1">
+        <v>0</v>
+      </c>
+      <c r="F6" s="1">
+        <v>0</v>
+      </c>
+      <c r="G6" s="1">
+        <v>0</v>
+      </c>
+      <c r="H6" s="1">
+        <v>0</v>
+      </c>
+      <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6">
-        <v>14</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:10">
-      <c r="A7" s="2" t="s">
-[...23 lines deleted...]
-      <c r="I7" s="2">
+      <c r="A7" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B7" s="1">
+        <v>0</v>
+      </c>
+      <c r="C7" s="1">
+        <v>0</v>
+      </c>
+      <c r="D7" s="1">
+        <v>0</v>
+      </c>
+      <c r="E7" s="1">
+        <v>0</v>
+      </c>
+      <c r="F7" s="1">
+        <v>0</v>
+      </c>
+      <c r="G7" s="1">
+        <v>0</v>
+      </c>
+      <c r="H7" s="1">
+        <v>0</v>
+      </c>
+      <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:10">
-      <c r="A8" s="2" t="s">
-[...23 lines deleted...]
-      <c r="I8" s="2">
+      <c r="A8" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B8" s="1">
+        <v>0</v>
+      </c>
+      <c r="C8" s="1">
+        <v>0</v>
+      </c>
+      <c r="D8" s="1">
+        <v>0</v>
+      </c>
+      <c r="E8" s="1">
+        <v>0</v>
+      </c>
+      <c r="F8" s="1">
+        <v>0</v>
+      </c>
+      <c r="G8" s="1">
+        <v>0</v>
+      </c>
+      <c r="H8" s="1">
+        <v>0</v>
+      </c>
+      <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:10">
-      <c r="A9" s="2" t="s">
-[...23 lines deleted...]
-      <c r="I9" s="2">
+      <c r="A9" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B9" s="1">
+        <v>0</v>
+      </c>
+      <c r="C9" s="1">
+        <v>0</v>
+      </c>
+      <c r="D9" s="1">
+        <v>0</v>
+      </c>
+      <c r="E9" s="1">
+        <v>0</v>
+      </c>
+      <c r="F9" s="1">
+        <v>0</v>
+      </c>
+      <c r="G9" s="1">
+        <v>0</v>
+      </c>
+      <c r="H9" s="1">
+        <v>0</v>
+      </c>
+      <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:10">
-      <c r="A10" s="2" t="s">
-[...23 lines deleted...]
-      <c r="I10" s="2">
+      <c r="A10" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B10" s="1">
+        <v>0</v>
+      </c>
+      <c r="C10" s="1">
+        <v>0</v>
+      </c>
+      <c r="D10" s="1">
+        <v>0</v>
+      </c>
+      <c r="E10" s="1">
+        <v>0</v>
+      </c>
+      <c r="F10" s="1">
+        <v>0</v>
+      </c>
+      <c r="G10" s="1">
+        <v>0</v>
+      </c>
+      <c r="H10" s="1">
+        <v>0</v>
+      </c>
+      <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:10">
-      <c r="A11" s="2" t="s">
-[...23 lines deleted...]
-      <c r="I11" s="2">
+      <c r="A11" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B11" s="1">
+        <v>0</v>
+      </c>
+      <c r="C11" s="1">
+        <v>0</v>
+      </c>
+      <c r="D11" s="1">
+        <v>0</v>
+      </c>
+      <c r="E11" s="1">
+        <v>0</v>
+      </c>
+      <c r="F11" s="1">
+        <v>0</v>
+      </c>
+      <c r="G11" s="1">
+        <v>0</v>
+      </c>
+      <c r="H11" s="1">
+        <v>0</v>
+      </c>
+      <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10">
-      <c r="A12" s="2" t="s">
-[...24 lines deleted...]
-        <v>11</v>
+      <c r="A12" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B12" s="1">
+        <v>0</v>
+      </c>
+      <c r="C12" s="1">
+        <v>0</v>
+      </c>
+      <c r="D12" s="1">
+        <v>0</v>
+      </c>
+      <c r="E12" s="1">
+        <v>0</v>
+      </c>
+      <c r="F12" s="1">
+        <v>0</v>
+      </c>
+      <c r="G12" s="1">
+        <v>0</v>
+      </c>
+      <c r="H12" s="1">
+        <v>0</v>
+      </c>
+      <c r="I12" s="1">
+        <v>0</v>
       </c>
       <c r="J12">
-        <v>160</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10">
-      <c r="A13" s="2" t="s">
-[...23 lines deleted...]
-      <c r="I13" s="2">
+      <c r="A13" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B13" s="1">
+        <v>0</v>
+      </c>
+      <c r="C13" s="1">
+        <v>0</v>
+      </c>
+      <c r="D13" s="1">
+        <v>0</v>
+      </c>
+      <c r="E13" s="1">
+        <v>0</v>
+      </c>
+      <c r="F13" s="1">
+        <v>0</v>
+      </c>
+      <c r="G13" s="1">
+        <v>0</v>
+      </c>
+      <c r="H13" s="1">
+        <v>0</v>
+      </c>
+      <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13">
-        <v>42</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10">
-      <c r="A14" s="2" t="s">
-[...23 lines deleted...]
-      <c r="I14" s="2">
+      <c r="A14" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B14" s="1">
+        <v>0</v>
+      </c>
+      <c r="C14" s="1">
+        <v>0</v>
+      </c>
+      <c r="D14" s="1">
+        <v>0</v>
+      </c>
+      <c r="E14" s="1">
+        <v>0</v>
+      </c>
+      <c r="F14" s="1">
+        <v>0</v>
+      </c>
+      <c r="G14" s="1">
+        <v>0</v>
+      </c>
+      <c r="H14" s="1">
+        <v>0</v>
+      </c>
+      <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14">
-        <v>234</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10">
-      <c r="A15" s="2" t="s">
-[...24 lines deleted...]
-        <v>12</v>
+      <c r="A15" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B15" s="1">
+        <v>0</v>
+      </c>
+      <c r="C15" s="1">
+        <v>0</v>
+      </c>
+      <c r="D15" s="1">
+        <v>0</v>
+      </c>
+      <c r="E15" s="1">
+        <v>0</v>
+      </c>
+      <c r="F15" s="1">
+        <v>0</v>
+      </c>
+      <c r="G15" s="1">
+        <v>0</v>
+      </c>
+      <c r="H15" s="1">
+        <v>0</v>
+      </c>
+      <c r="I15" s="1">
+        <v>0</v>
       </c>
       <c r="J15">
-        <v>143</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10">
-      <c r="A16" s="2" t="s">
-[...23 lines deleted...]
-      <c r="I16" s="2">
+      <c r="A16" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B16" s="1">
+        <v>0</v>
+      </c>
+      <c r="C16" s="1">
+        <v>0</v>
+      </c>
+      <c r="D16" s="1">
+        <v>0</v>
+      </c>
+      <c r="E16" s="1">
+        <v>0</v>
+      </c>
+      <c r="F16" s="1">
+        <v>0</v>
+      </c>
+      <c r="G16" s="1">
+        <v>0</v>
+      </c>
+      <c r="H16" s="1">
+        <v>0</v>
+      </c>
+      <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16">
-        <v>44</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10">
-      <c r="A17" s="2" t="s">
-[...24 lines deleted...]
-        <v>8</v>
+      <c r="A17" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B17" s="1">
+        <v>0</v>
+      </c>
+      <c r="C17" s="1">
+        <v>0</v>
+      </c>
+      <c r="D17" s="1">
+        <v>0</v>
+      </c>
+      <c r="E17" s="1">
+        <v>0</v>
+      </c>
+      <c r="F17" s="1">
+        <v>0</v>
+      </c>
+      <c r="G17" s="1">
+        <v>0</v>
+      </c>
+      <c r="H17" s="1">
+        <v>0</v>
+      </c>
+      <c r="I17" s="1">
+        <v>0</v>
       </c>
       <c r="J17">
-        <v>178</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10">
-      <c r="A18" s="2" t="s">
-[...23 lines deleted...]
-      <c r="I18" s="2">
+      <c r="A18" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B18" s="1">
+        <v>0</v>
+      </c>
+      <c r="C18" s="1">
+        <v>0</v>
+      </c>
+      <c r="D18" s="1">
+        <v>0</v>
+      </c>
+      <c r="E18" s="1">
+        <v>0</v>
+      </c>
+      <c r="F18" s="1">
+        <v>0</v>
+      </c>
+      <c r="G18" s="1">
+        <v>0</v>
+      </c>
+      <c r="H18" s="1">
+        <v>0</v>
+      </c>
+      <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18">
-        <v>36</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10">
-      <c r="A19" s="4" t="s">
-[...434 lines deleted...]
-      <c r="F2">
+      <c r="A19" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="AD2">
-[...15847 lines deleted...]
-        <v>129</v>
+      <c r="B19" s="3">
+        <v>0</v>
+      </c>
+      <c r="C19" s="3">
+        <v>0</v>
+      </c>
+      <c r="D19" s="3">
+        <v>0</v>
+      </c>
+      <c r="E19" s="3">
+        <v>0</v>
+      </c>
+      <c r="F19" s="3">
+        <v>0</v>
+      </c>
+      <c r="G19" s="3">
+        <v>0</v>
+      </c>
+      <c r="H19" s="3">
+        <v>0</v>
+      </c>
+      <c r="I19" s="3">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>10</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="10" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
       <vt:lpstr>Synthese</vt:lpstr>
-      <vt:lpstr>AMBERIEU EN BUGEY</vt:lpstr>
-[...6 lines deleted...]
-      <vt:lpstr>VALSERHONE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>